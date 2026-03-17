--- v0 (2025-12-17)
+++ v1 (2026-03-17)
@@ -25,77 +25,77 @@
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId31"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId32"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId33"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Thema" r:id="rId1"/>
-    <sheet sheetId="2" name="Prospekt" r:id="rId2"/>
-[...25 lines deleted...]
-    <sheet sheetId="28" name="contentLocation" r:id="rId28"/>
+    <sheet sheetId="2" name="Prospekt-Serie" r:id="rId2"/>
+    <sheet sheetId="3" name="Prospekt" r:id="rId3"/>
+    <sheet sheetId="4" name="Interview" r:id="rId4"/>
+    <sheet sheetId="5" name="App" r:id="rId5"/>
+    <sheet sheetId="6" name="Artikel NEU" r:id="rId6"/>
+    <sheet sheetId="7" name="Video-Serie" r:id="rId7"/>
+    <sheet sheetId="8" name="Voting" r:id="rId8"/>
+    <sheet sheetId="9" name="Quiz" r:id="rId9"/>
+    <sheet sheetId="10" name="Recherche" r:id="rId10"/>
+    <sheet sheetId="11" name="Veranstaltung" r:id="rId11"/>
+    <sheet sheetId="12" name="Person" r:id="rId12"/>
+    <sheet sheetId="13" name="contentLocation" r:id="rId13"/>
+    <sheet sheetId="14" name="Ergaenzende Dokumente" r:id="rId14"/>
+    <sheet sheetId="15" name="Audio" r:id="rId15"/>
+    <sheet sheetId="16" name="Bild" r:id="rId16"/>
+    <sheet sheetId="17" name="Route" r:id="rId17"/>
+    <sheet sheetId="18" name="Angebot" r:id="rId18"/>
+    <sheet sheetId="19" name="Biografie" r:id="rId19"/>
+    <sheet sheetId="20" name="Faktensammlung" r:id="rId20"/>
+    <sheet sheetId="21" name="Foto-Serie" r:id="rId21"/>
+    <sheet sheetId="22" name="Linktipps" r:id="rId22"/>
+    <sheet sheetId="23" name="Portrait" r:id="rId23"/>
+    <sheet sheetId="24" name="Rezept" r:id="rId24"/>
+    <sheet sheetId="25" name="SocialMediaPosting" r:id="rId25"/>
+    <sheet sheetId="26" name="Zeitleiste" r:id="rId26"/>
+    <sheet sheetId="27" name="Video" r:id="rId27"/>
+    <sheet sheetId="28" name="Organization" r:id="rId28"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt formatCode="yyyy/mm/dd" numFmtId="100"/>
     <numFmt formatCode="yyyy/mm/dd hh:mm:ss" numFmtId="101"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="18"/>
       <family val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1144,330 +1144,3247 @@
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:D16"/>
+  <dimension ref="A1:E26"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="53.900000000000006" min="5" max="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>Recherche</t>
+        </is>
+      </c>
+    </row>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4">
+      <c r="A4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="B4" s="0"/>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>Arbeitstitel</t>
+        </is>
+      </c>
+      <c r="B5" s="0"/>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E5" s="0"/>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>Recherchedaten</t>
+        </is>
+      </c>
+      <c r="B6" s="0"/>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>text</t>
+        </is>
+      </c>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E6" s="0"/>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>Bilder</t>
+        </is>
+      </c>
+      <c r="B7" s="0"/>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>image</t>
+        </is>
+      </c>
+      <c r="D7" s="0"/>
+      <c r="E7" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="inlineStr">
+        <is>
+          <t>Videos</t>
+        </is>
+      </c>
+      <c r="B8" s="0"/>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>video</t>
+        </is>
+      </c>
+      <c r="D8" s="0"/>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B9" s="0"/>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E9" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B10" s="0"/>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="B11" s="0"/>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E11" s="0"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B12" s="0"/>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E12" s="0"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B13" s="0"/>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E13" s="0"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B14" s="0"/>
+      <c r="C14" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B15" s="0"/>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E15" s="0"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="inlineStr">
+        <is>
+          <t>Medienlink</t>
+        </is>
+      </c>
+      <c r="B16" s="0"/>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>youtube_video</t>
+        </is>
+      </c>
+      <c r="D16" s="0"/>
+      <c r="E16" s="0"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="0"/>
+      <c r="B17" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C17" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E17" s="0"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="0"/>
+      <c r="B18" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="C18" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E18" s="0"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="0"/>
+      <c r="B19" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E19" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0"/>
+      <c r="B20" s="0" t="inlineStr">
+        <is>
+          <t>Medien-URL</t>
+        </is>
+      </c>
+      <c r="C20" s="0" t="inlineStr">
+        <is>
+          <t>youtube_url</t>
+        </is>
+      </c>
+      <c r="D20" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E20" s="0"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="0"/>
+      <c r="B21" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C21" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D21" s="0"/>
+      <c r="E21" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="inlineStr">
+        <is>
+          <t>in Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B22" s="0"/>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>linked_in_text</t>
+        </is>
+      </c>
+      <c r="D22" s="0"/>
+      <c r="E22" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B23" s="0"/>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D23" s="0"/>
+      <c r="E23" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="inlineStr">
+        <is>
+          <t>Status</t>
+        </is>
+      </c>
+      <c r="B24" s="0"/>
+      <c r="C24" s="0" t="inlineStr">
+        <is>
+          <t>release_status_id</t>
+        </is>
+      </c>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E24" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Release-Stati'</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="inlineStr">
+        <is>
+          <t>Kommentar</t>
+        </is>
+      </c>
+      <c r="B25" s="0"/>
+      <c r="C25" s="0" t="inlineStr">
+        <is>
+          <t>release_status_comment</t>
+        </is>
+      </c>
+      <c r="D25" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E25" s="0"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="0"/>
+      <c r="B26" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="C26" s="0"/>
+      <c r="D26" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E26" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <pageSetUpPr fitToPage="0"/>
+  </sheetPr>
+  <dimension ref="A1:F69"/>
+  <sheetViews>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
+  <cols>
+    <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="27.500000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="67.10000000000001" min="6" max="6" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>Veranstaltung</t>
+        </is>
+      </c>
+    </row>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4">
+      <c r="A4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="B4" s="0"/>
+      <c r="C4" s="0"/>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="E4" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltsart</t>
+        </is>
+      </c>
+      <c r="B5" s="0"/>
+      <c r="C5" s="0"/>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t>kind</t>
+        </is>
+      </c>
+      <c r="E5" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F5" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltsarten'</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+      <c r="B6" s="0"/>
+      <c r="C6" s="0"/>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t>link</t>
+        </is>
+      </c>
+      <c r="E6" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F6" s="0"/>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>Arbeitstitel</t>
+        </is>
+      </c>
+      <c r="B7" s="0"/>
+      <c r="C7" s="0"/>
+      <c r="D7" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="E7" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F7" s="0"/>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="inlineStr">
+        <is>
+          <t>Tags</t>
+        </is>
+      </c>
+      <c r="B8" s="0"/>
+      <c r="C8" s="0"/>
+      <c r="D8" s="0" t="inlineStr">
+        <is>
+          <t>tags</t>
+        </is>
+      </c>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F8" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'MediaArchive - Tags'</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="inlineStr">
+        <is>
+          <t>Veranstaltungsdaten</t>
+        </is>
+      </c>
+      <c r="B9" s="0"/>
+      <c r="C9" s="0"/>
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>event</t>
+        </is>
+      </c>
+      <c r="E9" s="0"/>
+      <c r="F9" s="0"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="0"/>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C10" s="0"/>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F10" s="0"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="0"/>
+      <c r="B11" s="0" t="inlineStr">
+        <is>
+          <t>Inhalt URL</t>
+        </is>
+      </c>
+      <c r="C11" s="0"/>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>url</t>
+        </is>
+      </c>
+      <c r="E11" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F11" s="0"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="0"/>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>Gültigkeitszeitraum</t>
+        </is>
+      </c>
+      <c r="C12" s="0"/>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>event_period</t>
+        </is>
+      </c>
+      <c r="E12" s="0"/>
+      <c r="F12" s="0"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="0"/>
+      <c r="B13" s="0"/>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>Endzeitpunkt</t>
+        </is>
+      </c>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>end_date</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F13" s="0"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="0"/>
+      <c r="B14" s="0"/>
+      <c r="C14" s="0" t="inlineStr">
+        <is>
+          <t>Startzeitpunkt</t>
+        </is>
+      </c>
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>start_date</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F14" s="0"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="0"/>
+      <c r="B15" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C15" s="0"/>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="E15" s="0"/>
+      <c r="F15" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="inlineStr">
+        <is>
+          <t>Bilder</t>
+        </is>
+      </c>
+      <c r="B16" s="0"/>
+      <c r="C16" s="0"/>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t>image</t>
+        </is>
+      </c>
+      <c r="E16" s="0"/>
+      <c r="F16" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="inlineStr">
+        <is>
+          <t>Bundesland</t>
+        </is>
+      </c>
+      <c r="B17" s="0"/>
+      <c r="C17" s="0"/>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>state</t>
+        </is>
+      </c>
+      <c r="E17" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F17" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Bundesländer'</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="inlineStr">
+        <is>
+          <t>Videos</t>
+        </is>
+      </c>
+      <c r="B18" s="0"/>
+      <c r="C18" s="0"/>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>video</t>
+        </is>
+      </c>
+      <c r="E18" s="0"/>
+      <c r="F18" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="inlineStr">
+        <is>
+          <t>Sprachportal</t>
+        </is>
+      </c>
+      <c r="B19" s="0"/>
+      <c r="C19" s="0"/>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>portal</t>
+        </is>
+      </c>
+      <c r="E19" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F19" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Sprachportale'</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
+          <t>Jahreszeit</t>
+        </is>
+      </c>
+      <c r="B20" s="0"/>
+      <c r="C20" s="0"/>
+      <c r="D20" s="0" t="inlineStr">
+        <is>
+          <t>season</t>
+        </is>
+      </c>
+      <c r="E20" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F20" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Jahreszeiten'</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="inlineStr">
+        <is>
+          <t>Themenfeld</t>
+        </is>
+      </c>
+      <c r="B21" s="0"/>
+      <c r="C21" s="0"/>
+      <c r="D21" s="0" t="inlineStr">
+        <is>
+          <t>topics</t>
+        </is>
+      </c>
+      <c r="E21" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F21" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Themenfeld'</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="inlineStr">
+        <is>
+          <t>Zielmarkt</t>
+        </is>
+      </c>
+      <c r="B22" s="0"/>
+      <c r="C22" s="0"/>
+      <c r="D22" s="0" t="inlineStr">
+        <is>
+          <t>markets</t>
+        </is>
+      </c>
+      <c r="E22" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F22" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Märkte'</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B23" s="0"/>
+      <c r="C23" s="0"/>
+      <c r="D23" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
+      <c r="E23" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F23" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B24" s="0"/>
+      <c r="C24" s="0"/>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="E24" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F24" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="inlineStr">
+        <is>
+          <t>Linktext</t>
+        </is>
+      </c>
+      <c r="B25" s="0"/>
+      <c r="C25" s="0"/>
+      <c r="D25" s="0" t="inlineStr">
+        <is>
+          <t>link_name</t>
+        </is>
+      </c>
+      <c r="E25" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F25" s="0"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="inlineStr">
+        <is>
+          <t>Teasertext</t>
+        </is>
+      </c>
+      <c r="B26" s="0"/>
+      <c r="C26" s="0"/>
+      <c r="D26" s="0" t="inlineStr">
+        <is>
+          <t>description</t>
+        </is>
+      </c>
+      <c r="E26" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F26" s="0"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="B27" s="0"/>
+      <c r="C27" s="0"/>
+      <c r="D27" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="E27" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F27" s="0"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B28" s="0"/>
+      <c r="C28" s="0"/>
+      <c r="D28" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="E28" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F28" s="0"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B29" s="0"/>
+      <c r="C29" s="0"/>
+      <c r="D29" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="E29" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F29" s="0"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B30" s="0"/>
+      <c r="C30" s="0"/>
+      <c r="D30" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="E30" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F30" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B31" s="0"/>
+      <c r="C31" s="0"/>
+      <c r="D31" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="E31" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F31" s="0"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="inlineStr">
+        <is>
+          <t>Medienlink</t>
+        </is>
+      </c>
+      <c r="B32" s="0"/>
+      <c r="C32" s="0"/>
+      <c r="D32" s="0" t="inlineStr">
+        <is>
+          <t>youtube_video</t>
+        </is>
+      </c>
+      <c r="E32" s="0"/>
+      <c r="F32" s="0"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="0"/>
+      <c r="B33" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C33" s="0"/>
+      <c r="D33" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="E33" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F33" s="0"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="0"/>
+      <c r="B34" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="C34" s="0"/>
+      <c r="D34" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="E34" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F34" s="0"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="0"/>
+      <c r="B35" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="C35" s="0"/>
+      <c r="D35" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="E35" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F35" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0"/>
+      <c r="B36" s="0" t="inlineStr">
+        <is>
+          <t>Medien-URL</t>
+        </is>
+      </c>
+      <c r="C36" s="0"/>
+      <c r="D36" s="0" t="inlineStr">
+        <is>
+          <t>youtube_url</t>
+        </is>
+      </c>
+      <c r="E36" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F36" s="0"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="0"/>
+      <c r="B37" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C37" s="0"/>
+      <c r="D37" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="E37" s="0"/>
+      <c r="F37" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0" t="inlineStr">
+        <is>
+          <t>Veranstaltungs-Kategorien</t>
+        </is>
+      </c>
+      <c r="B38" s="0"/>
+      <c r="C38" s="0"/>
+      <c r="D38" s="0" t="inlineStr">
+        <is>
+          <t>event_category</t>
+        </is>
+      </c>
+      <c r="E38" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F38" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Veranstaltungs-Kategorien'</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="0" t="inlineStr">
+        <is>
+          <t>Termine</t>
+        </is>
+      </c>
+      <c r="B39" s="0"/>
+      <c r="C39" s="0"/>
+      <c r="D39" s="0" t="inlineStr">
+        <is>
+          <t>event_schedule</t>
+        </is>
+      </c>
+      <c r="E39" s="0" t="inlineStr">
+        <is>
+          <t>Schedule</t>
+        </is>
+      </c>
+      <c r="F39" s="0"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B40" s="0"/>
+      <c r="C40" s="0"/>
+      <c r="D40" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="E40" s="0"/>
+      <c r="F40" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="inlineStr">
+        <is>
+          <t>Ausgabekanäle</t>
+        </is>
+      </c>
+      <c r="B41" s="0"/>
+      <c r="C41" s="0"/>
+      <c r="D41" s="0" t="inlineStr">
+        <is>
+          <t>output_channels</t>
+        </is>
+      </c>
+      <c r="E41" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F41" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Ausgabekanäle'</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="0" t="inlineStr">
+        <is>
+          <t>Gültigkeitszeitraum</t>
+        </is>
+      </c>
+      <c r="B42" s="0"/>
+      <c r="C42" s="0"/>
+      <c r="D42" s="0" t="inlineStr">
+        <is>
+          <t>validity_period</t>
+        </is>
+      </c>
+      <c r="E42" s="0"/>
+      <c r="F42" s="0"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="0"/>
+      <c r="B43" s="0" t="inlineStr">
+        <is>
+          <t>von</t>
+        </is>
+      </c>
+      <c r="C43" s="0"/>
+      <c r="D43" s="0" t="inlineStr">
+        <is>
+          <t>valid_from</t>
+        </is>
+      </c>
+      <c r="E43" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F43" s="0"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="0"/>
+      <c r="B44" s="0" t="inlineStr">
+        <is>
+          <t>bis</t>
+        </is>
+      </c>
+      <c r="C44" s="0"/>
+      <c r="D44" s="0" t="inlineStr">
+        <is>
+          <t>valid_until</t>
+        </is>
+      </c>
+      <c r="E44" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F44" s="0"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="0" t="inlineStr">
+        <is>
+          <t>Veranstaltungsort</t>
+        </is>
+      </c>
+      <c r="B45" s="0"/>
+      <c r="C45" s="0"/>
+      <c r="D45" s="0" t="inlineStr">
+        <is>
+          <t>content_location</t>
+        </is>
+      </c>
+      <c r="E45" s="0"/>
+      <c r="F45" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="B46" s="0"/>
+      <c r="C46" s="0"/>
+      <c r="D46" s="0" t="inlineStr">
+        <is>
+          <t>headline_external</t>
+        </is>
+      </c>
+      <c r="E46" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F46" s="0"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="0" t="inlineStr">
+        <is>
+          <t>Ersteller</t>
+        </is>
+      </c>
+      <c r="B47" s="0"/>
+      <c r="C47" s="0"/>
+      <c r="D47" s="0" t="inlineStr">
+        <is>
+          <t>permitted_creator</t>
+        </is>
+      </c>
+      <c r="E47" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F47" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Ersteller'</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="0" t="inlineStr">
+        <is>
+          <t>Status</t>
+        </is>
+      </c>
+      <c r="B48" s="0"/>
+      <c r="C48" s="0"/>
+      <c r="D48" s="0" t="inlineStr">
+        <is>
+          <t>release_status_id</t>
+        </is>
+      </c>
+      <c r="E48" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F48" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Release-Stati'</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="inlineStr">
+        <is>
+          <t>Weiterführende Links</t>
+        </is>
+      </c>
+      <c r="B49" s="0"/>
+      <c r="C49" s="0"/>
+      <c r="D49" s="0" t="inlineStr">
+        <is>
+          <t>dc_potential_action</t>
+        </is>
+      </c>
+      <c r="E49" s="0"/>
+      <c r="F49" s="0"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="0"/>
+      <c r="B50" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C50" s="0"/>
+      <c r="D50" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="E50" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F50" s="0"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="0"/>
+      <c r="B51" s="0" t="inlineStr">
+        <is>
+          <t>URL</t>
+        </is>
+      </c>
+      <c r="C51" s="0"/>
+      <c r="D51" s="0" t="inlineStr">
+        <is>
+          <t>url</t>
+        </is>
+      </c>
+      <c r="E51" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F51" s="0"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="0"/>
+      <c r="B52" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="C52" s="0"/>
+      <c r="D52" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="E52" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F52" s="0"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="0"/>
+      <c r="B53" s="0" t="inlineStr">
+        <is>
+          <t>Typ</t>
+        </is>
+      </c>
+      <c r="C53" s="0"/>
+      <c r="D53" s="0" t="inlineStr">
+        <is>
+          <t>action_type</t>
+        </is>
+      </c>
+      <c r="E53" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F53" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'ActionTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0"/>
+      <c r="B54" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="C54" s="0"/>
+      <c r="D54" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="E54" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F54" s="0"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="0"/>
+      <c r="B55" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="C55" s="0"/>
+      <c r="D55" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="E55" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F55" s="0"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="0"/>
+      <c r="B56" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="C56" s="0"/>
+      <c r="D56" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="E56" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F56" s="0"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="0"/>
+      <c r="B57" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="C57" s="0"/>
+      <c r="D57" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="E57" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F57" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0"/>
+      <c r="B58" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="C58" s="0"/>
+      <c r="D58" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="E58" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F58" s="0"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="0"/>
+      <c r="B59" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C59" s="0"/>
+      <c r="D59" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="E59" s="0"/>
+      <c r="F59" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0"/>
+      <c r="B60" s="0"/>
+      <c r="C60" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="D60" s="0"/>
+      <c r="E60" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F60" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="inlineStr">
+        <is>
+          <t>Publikationskalender, Zielmarkt &amp; Ausgabekanal</t>
+        </is>
+      </c>
+      <c r="B61" s="0"/>
+      <c r="C61" s="0"/>
+      <c r="D61" s="0" t="inlineStr">
+        <is>
+          <t>publication_schedule</t>
+        </is>
+      </c>
+      <c r="E61" s="0"/>
+      <c r="F61" s="0"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="0"/>
+      <c r="B62" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C62" s="0"/>
+      <c r="D62" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="E62" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F62" s="0"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="0"/>
+      <c r="B63" s="0" t="inlineStr">
+        <is>
+          <t>Zielmärkte</t>
+        </is>
+      </c>
+      <c r="C63" s="0"/>
+      <c r="D63" s="0" t="inlineStr">
+        <is>
+          <t>markets</t>
+        </is>
+      </c>
+      <c r="E63" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F63" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Märkte'</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0"/>
+      <c r="B64" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="C64" s="0"/>
+      <c r="D64" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="E64" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F64" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0"/>
+      <c r="B65" s="0" t="inlineStr">
+        <is>
+          <t>Publikationsdatum</t>
+        </is>
+      </c>
+      <c r="C65" s="0"/>
+      <c r="D65" s="0" t="inlineStr">
+        <is>
+          <t>publish_at</t>
+        </is>
+      </c>
+      <c r="E65" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="F65" s="0"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="0"/>
+      <c r="B66" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C66" s="0"/>
+      <c r="D66" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="E66" s="0"/>
+      <c r="F66" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0"/>
+      <c r="B67" s="0" t="inlineStr">
+        <is>
+          <t>Ausgabekanäle</t>
+        </is>
+      </c>
+      <c r="C67" s="0"/>
+      <c r="D67" s="0" t="inlineStr">
+        <is>
+          <t>output_channels</t>
+        </is>
+      </c>
+      <c r="E67" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F67" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Ausgabekanäle'</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="inlineStr">
+        <is>
+          <t>Kommentar</t>
+        </is>
+      </c>
+      <c r="B68" s="0"/>
+      <c r="C68" s="0"/>
+      <c r="D68" s="0" t="inlineStr">
+        <is>
+          <t>release_status_comment</t>
+        </is>
+      </c>
+      <c r="E68" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="F68" s="0"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="0"/>
+      <c r="B69" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="C69" s="0"/>
+      <c r="D69" s="0"/>
+      <c r="E69" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="F69" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:F1"/>
+  </mergeCells>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <pageSetUpPr fitToPage="0"/>
+  </sheetPr>
+  <dimension ref="A1:E37"/>
+  <sheetViews>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
+  <cols>
+    <col width="34.1" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="28.6" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="53.900000000000006" min="5" max="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>Person</t>
+        </is>
+      </c>
+    </row>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4">
+      <c r="A4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="B4" s="0"/>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>Name</t>
+        </is>
+      </c>
+      <c r="B5" s="0"/>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E5" s="0"/>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>Bilder</t>
+        </is>
+      </c>
+      <c r="B6" s="0"/>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>image</t>
+        </is>
+      </c>
+      <c r="D6" s="0"/>
+      <c r="E6" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>Sprachportal</t>
+        </is>
+      </c>
+      <c r="B7" s="0"/>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>portal</t>
+        </is>
+      </c>
+      <c r="D7" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E7" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Sprachportale'</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="inlineStr">
+        <is>
+          <t>Adresse</t>
+        </is>
+      </c>
+      <c r="B8" s="0"/>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>address</t>
+        </is>
+      </c>
+      <c r="D8" s="0"/>
+      <c r="E8" s="0"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="0"/>
+      <c r="B9" s="0" t="inlineStr">
+        <is>
+          <t>PLZ</t>
+        </is>
+      </c>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>postal_code</t>
+        </is>
+      </c>
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E9" s="0"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="0"/>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>Straße</t>
+        </is>
+      </c>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>street_address</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E10" s="0"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="0"/>
+      <c r="B11" s="0" t="inlineStr">
+        <is>
+          <t>Land</t>
+        </is>
+      </c>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>address_country</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E11" s="0"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="0"/>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>Ort</t>
+        </is>
+      </c>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>address_locality</t>
+        </is>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E12" s="0"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B13" s="0"/>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B14" s="0"/>
+      <c r="C14" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="inlineStr">
+        <is>
+          <t>Position / Berufsbezeichnung</t>
+        </is>
+      </c>
+      <c r="B15" s="0"/>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>job_title</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E15" s="0"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="inlineStr">
+        <is>
+          <t>Organisation</t>
+        </is>
+      </c>
+      <c r="B16" s="0"/>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>member_of</t>
+        </is>
+      </c>
+      <c r="D16" s="0"/>
+      <c r="E16" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="inlineStr">
+        <is>
+          <t>Vorname</t>
+        </is>
+      </c>
+      <c r="B17" s="0"/>
+      <c r="C17" s="0" t="inlineStr">
+        <is>
+          <t>given_name</t>
+        </is>
+      </c>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E17" s="0"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="inlineStr">
+        <is>
+          <t>Beschreibung</t>
+        </is>
+      </c>
+      <c r="B18" s="0"/>
+      <c r="C18" s="0" t="inlineStr">
+        <is>
+          <t>description</t>
+        </is>
+      </c>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E18" s="0"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="inlineStr">
+        <is>
+          <t>Nachname</t>
+        </is>
+      </c>
+      <c r="B19" s="0"/>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>family_name</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E19" s="0"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
+          <t>Kontakt</t>
+        </is>
+      </c>
+      <c r="B20" s="0"/>
+      <c r="C20" s="0" t="inlineStr">
+        <is>
+          <t>contact_info</t>
+        </is>
+      </c>
+      <c r="D20" s="0"/>
+      <c r="E20" s="0"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="0"/>
+      <c r="B21" s="0" t="inlineStr">
+        <is>
+          <t>Web</t>
+        </is>
+      </c>
+      <c r="C21" s="0" t="inlineStr">
+        <is>
+          <t>url</t>
+        </is>
+      </c>
+      <c r="D21" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E21" s="0"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="0"/>
+      <c r="B22" s="0" t="inlineStr">
+        <is>
+          <t>E-Mail</t>
+        </is>
+      </c>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>email</t>
+        </is>
+      </c>
+      <c r="D22" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E22" s="0"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="0" t="inlineStr">
+        <is>
+          <t>Mobil</t>
+        </is>
+      </c>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>mobile</t>
+        </is>
+      </c>
+      <c r="D23" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E23" s="0"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="0"/>
+      <c r="B24" s="0" t="inlineStr">
+        <is>
+          <t>Telefonnummer</t>
+        </is>
+      </c>
+      <c r="C24" s="0" t="inlineStr">
+        <is>
+          <t>telephone</t>
+        </is>
+      </c>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E24" s="0"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="0"/>
+      <c r="B25" s="0" t="inlineStr">
+        <is>
+          <t>Fax</t>
+        </is>
+      </c>
+      <c r="C25" s="0" t="inlineStr">
+        <is>
+          <t>fax_number</t>
+        </is>
+      </c>
+      <c r="D25" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E25" s="0"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="B26" s="0"/>
+      <c r="C26" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="D26" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E26" s="0"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B27" s="0"/>
+      <c r="C27" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="D27" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E27" s="0"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B28" s="0"/>
+      <c r="C28" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="D28" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E28" s="0"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B29" s="0"/>
+      <c r="C29" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="D29" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E29" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B30" s="0"/>
+      <c r="C30" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="D30" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E30" s="0"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="inlineStr">
+        <is>
+          <t>in Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B31" s="0"/>
+      <c r="C31" s="0" t="inlineStr">
+        <is>
+          <t>linked_in_text</t>
+        </is>
+      </c>
+      <c r="D31" s="0"/>
+      <c r="E31" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B32" s="0"/>
+      <c r="C32" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D32" s="0"/>
+      <c r="E32" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="inlineStr">
+        <is>
+          <t>Anrede / Titel</t>
+        </is>
+      </c>
+      <c r="B33" s="0"/>
+      <c r="C33" s="0" t="inlineStr">
+        <is>
+          <t>honorific_prefix</t>
+        </is>
+      </c>
+      <c r="D33" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E33" s="0"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="inlineStr">
+        <is>
+          <t>Vorname (Sprachspezifisch)</t>
+        </is>
+      </c>
+      <c r="B34" s="0"/>
+      <c r="C34" s="0" t="inlineStr">
+        <is>
+          <t>translated_given_name</t>
+        </is>
+      </c>
+      <c r="D34" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E34" s="0"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="0" t="inlineStr">
+        <is>
+          <t>Nachname (Sprachspezifisch)</t>
+        </is>
+      </c>
+      <c r="B35" s="0"/>
+      <c r="C35" s="0" t="inlineStr">
+        <is>
+          <t>translated_family_name</t>
+        </is>
+      </c>
+      <c r="D35" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E35" s="0"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="0" t="inlineStr">
+        <is>
+          <t>Übersetzung kopiert von</t>
+        </is>
+      </c>
+      <c r="B36" s="0"/>
+      <c r="C36" s="0" t="inlineStr">
+        <is>
+          <t>translation_copied_from</t>
+        </is>
+      </c>
+      <c r="D36" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E36" s="0"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="0"/>
+      <c r="B37" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="C37" s="0"/>
+      <c r="D37" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E37" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <pageSetUpPr fitToPage="0"/>
+  </sheetPr>
+  <dimension ref="A1:E24"/>
+  <sheetViews>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
+  <cols>
+    <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="25" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="53.900000000000006" min="5" max="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>contentLocation</t>
+        </is>
+      </c>
+    </row>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4">
+      <c r="A4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="B4" s="0"/>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="B5" s="0"/>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E5" s="0"/>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>Sprachportal</t>
+        </is>
+      </c>
+      <c r="B6" s="0"/>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>portal</t>
+        </is>
+      </c>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E6" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Sprachportale'</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>Adresse</t>
+        </is>
+      </c>
+      <c r="B7" s="0"/>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>address</t>
+        </is>
+      </c>
+      <c r="D7" s="0"/>
+      <c r="E7" s="0"/>
+    </row>
+    <row r="8">
+      <c r="A8" s="0"/>
+      <c r="B8" s="0" t="inlineStr">
+        <is>
+          <t>PLZ</t>
+        </is>
+      </c>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>postal_code</t>
+        </is>
+      </c>
+      <c r="D8" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E8" s="0"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="0"/>
+      <c r="B9" s="0" t="inlineStr">
+        <is>
+          <t>Straße</t>
+        </is>
+      </c>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>street_address</t>
+        </is>
+      </c>
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E9" s="0"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="0"/>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>Ort</t>
+        </is>
+      </c>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>address_locality</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E10" s="0"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="inlineStr">
+        <is>
+          <t>Latitude</t>
+        </is>
+      </c>
+      <c r="B11" s="0"/>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>latitude</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>Number</t>
+        </is>
+      </c>
+      <c r="E11" s="0"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="inlineStr">
+        <is>
+          <t>GPS-Koordinaten</t>
+        </is>
+      </c>
+      <c r="B12" s="0"/>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>location</t>
+        </is>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>Geographic</t>
+        </is>
+      </c>
+      <c r="E12" s="0"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B13" s="0"/>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B14" s="0"/>
+      <c r="C14" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="inlineStr">
+        <is>
+          <t>Longitude</t>
+        </is>
+      </c>
+      <c r="B15" s="0"/>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>longitude</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>Number</t>
+        </is>
+      </c>
+      <c r="E15" s="0"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="inlineStr">
+        <is>
+          <t>Beschreibung</t>
+        </is>
+      </c>
+      <c r="B16" s="0"/>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>description</t>
+        </is>
+      </c>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E16" s="0"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="B17" s="0"/>
+      <c r="C17" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E17" s="0"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B18" s="0"/>
+      <c r="C18" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E18" s="0"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B19" s="0"/>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E19" s="0"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B20" s="0"/>
+      <c r="C20" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="D20" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E20" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B21" s="0"/>
+      <c r="C21" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="D21" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E21" s="0"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="inlineStr">
+        <is>
+          <t>in Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B22" s="0"/>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>linked_in_text</t>
+        </is>
+      </c>
+      <c r="D22" s="0"/>
+      <c r="E22" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B23" s="0"/>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D23" s="0"/>
+      <c r="E23" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0"/>
+      <c r="B24" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="C24" s="0"/>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E24" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <pageSetUpPr fitToPage="0"/>
+  </sheetPr>
+  <dimension ref="A1:D9"/>
+  <sheetViews>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
+  <cols>
+    <col width="41.4" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="25" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="52.800000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
-          <t>Prospekt-Serie</t>
+          <t>Ergänzende Dokumente</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3"/>
     <row r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>Text</t>
         </is>
       </c>
       <c r="D4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>Prospekt</t>
+          <t>Datei</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>brochures</t>
-[...7 lines deleted...]
-      </c>
+          <t>file</t>
+        </is>
+      </c>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>Asset</t>
+        </is>
+      </c>
+      <c r="D5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>Inhaltspool</t>
+          <t>Titel</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>data_pool</t>
+          <t>name</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>Classification</t>
-[...6 lines deleted...]
-      </c>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D6" s="0"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>Inhaltstyp</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>data_type</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>Erstellungsdatum</t>
+          <t>Datei URL</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>date_created</t>
+          <t>content_url</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>DateTime</t>
+          <t>Text</t>
         </is>
       </c>
       <c r="D8" s="0"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>Gelöschtdatum</t>
+          <t>zu Text verlinkte Inhalte</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>date_deleted</t>
-[...74 lines deleted...]
-        <is>
           <t>linked_to_text</t>
         </is>
       </c>
-      <c r="C13" s="0"/>
-      <c r="D13" s="0" t="inlineStr">
+      <c r="C9" s="0"/>
+      <c r="D9" s="0" t="inlineStr">
         <is>
           <t> =&gt; Verknüpfung</t>
-        </is>
-[...52 lines deleted...]
-          <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="35.2" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="69.30000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Audio</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -2120,51 +5037,51 @@
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E88"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="66.0" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="33.0" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="73.7" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Bild</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -3810,51 +6727,51 @@
         </is>
       </c>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum 'Seitenverhältnis'</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E43"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="25.3" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Route</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -4653,51 +7570,51 @@
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:F81"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="16.5" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="6" max="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Angebot</t>
         </is>
       </c>
     </row>
@@ -6313,51 +9230,51 @@
       <c r="C81" s="0"/>
       <c r="D81" s="0"/>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E49"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Biografie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -7282,51 +10199,335 @@
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <pageSetUpPr fitToPage="0"/>
+  </sheetPr>
+  <dimension ref="A1:D16"/>
+  <sheetViews>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
+  <cols>
+    <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="52.800000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>Prospekt-Serie</t>
+        </is>
+      </c>
+    </row>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4">
+      <c r="A4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>Prospekt</t>
+        </is>
+      </c>
+      <c r="B5" s="0" t="inlineStr">
+        <is>
+          <t>brochures</t>
+        </is>
+      </c>
+      <c r="C5" s="0"/>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B6" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B7" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="D7" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="B8" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="D8" s="0"/>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B9" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="D9" s="0"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B10" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D10" s="0"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B11" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="D12" s="0"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="C13" s="0"/>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="inlineStr">
+        <is>
+          <t>Übersetzter Titel</t>
+        </is>
+      </c>
+      <c r="B14" s="0" t="inlineStr">
+        <is>
+          <t>headline_hidden</t>
+        </is>
+      </c>
+      <c r="C14" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D14" s="0"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="inlineStr">
+        <is>
+          <t>Arbeitstitel</t>
+        </is>
+      </c>
+      <c r="B15" s="0" t="inlineStr">
+        <is>
+          <t>headline_external</t>
+        </is>
+      </c>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D15" s="0"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="0"/>
+      <c r="B16" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:D1"/>
+  </mergeCells>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E42"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Faktensammlung</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -8122,51 +11323,51 @@
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E27"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="25" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Foto-Serie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -8657,51 +11858,51 @@
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E56"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Linktipps</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -9763,51 +12964,51 @@
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E51"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Portrait</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -10770,429 +13971,51 @@
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...377 lines deleted...]
-<file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:F68"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="28.6" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="6" max="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Rezept</t>
         </is>
       </c>
     </row>
@@ -12552,51 +15375,51 @@
       <c r="C68" s="0"/>
       <c r="D68" s="0"/>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E47"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>SocialMediaPosting</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -13483,1536 +16306,51 @@
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
-[...1484 lines deleted...]
-<file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:F58"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="6" max="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Zeitleiste</t>
         </is>
       </c>
     </row>
@@ -16160,51 +17498,51 @@
       <c r="C58" s="0"/>
       <c r="D58" s="0"/>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E60"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="66.0" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="29.700000000000003" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="73.7" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Video</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -17310,51 +18648,51 @@
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E42"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="28.6" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="53.900000000000006" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Organization</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -18094,1194 +19432,429 @@
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:E37"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col width="34.1" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
-    <col width="28.6" min="3" max="3" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col width="53.900000000000006" min="5" max="5" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="57.2" min="4" max="4" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
-          <t>Person</t>
+          <t>Prospekt</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3"/>
     <row r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>id</t>
         </is>
       </c>
-      <c r="B4" s="0"/>
+      <c r="B4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>id</t>
-[...7 lines deleted...]
-      <c r="E4" s="0"/>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D4" s="0"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>Name</t>
-[...2 lines deleted...]
-      <c r="B5" s="0"/>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="B5" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>name</t>
-[...7 lines deleted...]
-      <c r="E5" s="0"/>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D5" s="0"/>
     </row>
     <row r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>Bilder</t>
-[...2 lines deleted...]
-      <c r="B6" s="0"/>
+          <t>Datei</t>
+        </is>
+      </c>
+      <c r="B6" s="0" t="inlineStr">
+        <is>
+          <t>pdf_file</t>
+        </is>
+      </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>image</t>
+          <t>Asset</t>
         </is>
       </c>
       <c r="D6" s="0"/>
-      <c r="E6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>Sprachportal</t>
-[...2 lines deleted...]
-      <c r="B7" s="0"/>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B7" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>portal</t>
+          <t>Classification</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>Classification</t>
-[...4 lines deleted...]
-          <t> =&gt; siehe Klassifizierungsbaum 'Sprachportale'</t>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>Adresse</t>
-[...2 lines deleted...]
-      <c r="B8" s="0"/>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B8" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>address</t>
-[...3 lines deleted...]
-      <c r="E8" s="0"/>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="D8" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
     </row>
     <row r="9">
-      <c r="A9" s="0"/>
+      <c r="A9" s="0" t="inlineStr">
+        <is>
+          <t>Externer Link</t>
+        </is>
+      </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>PLZ</t>
+          <t>order_url</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>postal_code</t>
-[...7 lines deleted...]
-      <c r="E9" s="0"/>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D9" s="0"/>
     </row>
     <row r="10">
-      <c r="A10" s="0"/>
+      <c r="A10" s="0" t="inlineStr">
+        <is>
+          <t>Pdf URL</t>
+        </is>
+      </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>Straße</t>
+          <t>content_url</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>street_address</t>
-[...7 lines deleted...]
-      <c r="E10" s="0"/>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D10" s="0"/>
     </row>
     <row r="11">
-      <c r="A11" s="0"/>
+      <c r="A11" s="0" t="inlineStr">
+        <is>
+          <t>Teasertext</t>
+        </is>
+      </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>Land</t>
+          <t>description</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>address_country</t>
-[...7 lines deleted...]
-      <c r="E11" s="0"/>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D11" s="0"/>
     </row>
     <row r="12">
-      <c r="A12" s="0"/>
+      <c r="A12" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>Ort</t>
+          <t>date_created</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>address_locality</t>
-[...7 lines deleted...]
-      <c r="E12" s="0"/>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="D12" s="0"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>Inhaltspool</t>
-[...2 lines deleted...]
-      <c r="B13" s="0"/>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>data_pool</t>
-[...11 lines deleted...]
-      </c>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="D13" s="0"/>
     </row>
     <row r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>Inhaltstyp</t>
-[...2 lines deleted...]
-      <c r="B14" s="0"/>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B14" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>data_type</t>
-[...11 lines deleted...]
-      </c>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="D14" s="0"/>
     </row>
     <row r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>Position / Berufsbezeichnung</t>
-[...2 lines deleted...]
-      <c r="B15" s="0"/>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B15" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>job_title</t>
+          <t>Classification</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>Text</t>
-[...2 lines deleted...]
-      <c r="E15" s="0"/>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>Organisation</t>
-[...2 lines deleted...]
-      <c r="B16" s="0"/>
+          <t>Teaserbild</t>
+        </is>
+      </c>
+      <c r="B16" s="0" t="inlineStr">
+        <is>
+          <t>teaser_image</t>
+        </is>
+      </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>member_of</t>
+          <t>Text</t>
         </is>
       </c>
       <c r="D16" s="0"/>
-      <c r="E16" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>Vorname</t>
-[...2 lines deleted...]
-      <c r="B17" s="0"/>
+          <t>Verwendungszweck</t>
+        </is>
+      </c>
+      <c r="B17" s="0" t="inlineStr">
+        <is>
+          <t>types_of_use</t>
+        </is>
+      </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>given_name</t>
+          <t>Classification</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>Text</t>
-[...2 lines deleted...]
-      <c r="E17" s="0"/>
+          <t> =&gt; siehe Klassifizierungsbaum 'Verwendungsarten'</t>
+        </is>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>Beschreibung</t>
-[...2 lines deleted...]
-      <c r="B18" s="0"/>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B18" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>description</t>
-[...7 lines deleted...]
-      <c r="E18" s="0"/>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="D18" s="0"/>
     </row>
     <row r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>Nachname</t>
-[...7 lines deleted...]
-      </c>
+          <t>in Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B19" s="0" t="inlineStr">
+        <is>
+          <t>linked_in_text</t>
+        </is>
+      </c>
+      <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>Text</t>
-[...2 lines deleted...]
-      <c r="E19" s="0"/>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>Kontakt</t>
-[...9 lines deleted...]
-      <c r="E20" s="0"/>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B20" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="C20" s="0"/>
+      <c r="D20" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Web</t>
+          <t>universal_classifications</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>url</t>
+          <t>Classification</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
-        <is>
-[...307 lines deleted...]
-      <c r="E37" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
-    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A1:D1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
-[...449 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E65"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Interview</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -20510,51 +21083,51 @@
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:E54"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>App</t>
         </is>
       </c>
     </row>
     <row r="2"/>
@@ -21578,51 +22151,51 @@
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:F85"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="6" max="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Artikel (NEU)</t>
         </is>
       </c>
     </row>
@@ -23322,51 +23895,1536 @@
       <c r="C85" s="0"/>
       <c r="D85" s="0"/>
       <c r="E85" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <pageSetUpPr fitToPage="0"/>
+  </sheetPr>
+  <dimension ref="A1:E33"/>
+  <sheetViews>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
+  <cols>
+    <col width="30.800000000000004" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="25" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>Video-Serie</t>
+        </is>
+      </c>
+    </row>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4">
+      <c r="A4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="B4" s="0"/>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltsart</t>
+        </is>
+      </c>
+      <c r="B5" s="0"/>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>kind</t>
+        </is>
+      </c>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E5" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltsarten'</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="B6" s="0"/>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E6" s="0"/>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>Tags</t>
+        </is>
+      </c>
+      <c r="B7" s="0"/>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>tags</t>
+        </is>
+      </c>
+      <c r="D7" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E7" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'MediaArchive - Tags'</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="inlineStr">
+        <is>
+          <t>Bundesland</t>
+        </is>
+      </c>
+      <c r="B8" s="0"/>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>state</t>
+        </is>
+      </c>
+      <c r="D8" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Bundesländer'</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="inlineStr">
+        <is>
+          <t>Sprachportal</t>
+        </is>
+      </c>
+      <c r="B9" s="0"/>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>portal</t>
+        </is>
+      </c>
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E9" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Sprachportale'</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="inlineStr">
+        <is>
+          <t>Jahreszeit</t>
+        </is>
+      </c>
+      <c r="B10" s="0"/>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>season</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Jahreszeiten'</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="inlineStr">
+        <is>
+          <t>Themenfeld</t>
+        </is>
+      </c>
+      <c r="B11" s="0"/>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>topics</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E11" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Themenfeld'</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="inlineStr">
+        <is>
+          <t>Videos</t>
+        </is>
+      </c>
+      <c r="B12" s="0"/>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>videos</t>
+        </is>
+      </c>
+      <c r="D12" s="0"/>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
+          <t>Zielmarkt</t>
+        </is>
+      </c>
+      <c r="B13" s="0"/>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>markets</t>
+        </is>
+      </c>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Märkte'</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B14" s="0"/>
+      <c r="C14" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B15" s="0"/>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E15" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="inlineStr">
+        <is>
+          <t>Beschreibung</t>
+        </is>
+      </c>
+      <c r="B16" s="0"/>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>description</t>
+        </is>
+      </c>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E16" s="0"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="B17" s="0"/>
+      <c r="C17" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E17" s="0"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B18" s="0"/>
+      <c r="C18" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E18" s="0"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B19" s="0"/>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E19" s="0"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B20" s="0"/>
+      <c r="C20" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="D20" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E20" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B21" s="0"/>
+      <c r="C21" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="D21" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E21" s="0"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="inlineStr">
+        <is>
+          <t>Medienlink</t>
+        </is>
+      </c>
+      <c r="B22" s="0"/>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>youtube_video</t>
+        </is>
+      </c>
+      <c r="D22" s="0"/>
+      <c r="E22" s="0"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D23" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E23" s="0"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="0"/>
+      <c r="B24" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="C24" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E24" s="0"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="0"/>
+      <c r="B25" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="C25" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D25" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E25" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0"/>
+      <c r="B26" s="0" t="inlineStr">
+        <is>
+          <t>Medien-URL</t>
+        </is>
+      </c>
+      <c r="C26" s="0" t="inlineStr">
+        <is>
+          <t>youtube_url</t>
+        </is>
+      </c>
+      <c r="D26" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E26" s="0"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="0"/>
+      <c r="B27" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C27" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D27" s="0"/>
+      <c r="E27" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B28" s="0"/>
+      <c r="C28" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D28" s="0"/>
+      <c r="E28" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="inlineStr">
+        <is>
+          <t>Gültigkeitszeitraum</t>
+        </is>
+      </c>
+      <c r="B29" s="0"/>
+      <c r="C29" s="0" t="inlineStr">
+        <is>
+          <t>validity_period</t>
+        </is>
+      </c>
+      <c r="D29" s="0"/>
+      <c r="E29" s="0"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="0"/>
+      <c r="B30" s="0" t="inlineStr">
+        <is>
+          <t>von</t>
+        </is>
+      </c>
+      <c r="C30" s="0" t="inlineStr">
+        <is>
+          <t>valid_from</t>
+        </is>
+      </c>
+      <c r="D30" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E30" s="0"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="0"/>
+      <c r="B31" s="0" t="inlineStr">
+        <is>
+          <t>bis</t>
+        </is>
+      </c>
+      <c r="C31" s="0" t="inlineStr">
+        <is>
+          <t>valid_until</t>
+        </is>
+      </c>
+      <c r="D31" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E31" s="0"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="inlineStr">
+        <is>
+          <t>Ersteller</t>
+        </is>
+      </c>
+      <c r="B32" s="0"/>
+      <c r="C32" s="0" t="inlineStr">
+        <is>
+          <t>permitted_creator</t>
+        </is>
+      </c>
+      <c r="D32" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E32" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Ersteller'</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0"/>
+      <c r="B33" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="C33" s="0"/>
+      <c r="D33" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E33" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+  <sheetPr>
+    <pageSetUpPr fitToPage="0"/>
+  </sheetPr>
+  <dimension ref="A1:E42"/>
+  <sheetViews>
+    <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
+  <cols>
+    <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
+    <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
+    <col width="27.500000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
+    <col width="18.700000000000003" min="4" max="4" bestFit="1" customWidth="1"/>
+    <col width="60.50000000000001" min="5" max="5" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" s="3" t="inlineStr">
+        <is>
+          <t>Voting</t>
+        </is>
+      </c>
+    </row>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4">
+      <c r="A4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="B4" s="0"/>
+      <c r="C4" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D4" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltsart</t>
+        </is>
+      </c>
+      <c r="B5" s="0"/>
+      <c r="C5" s="0" t="inlineStr">
+        <is>
+          <t>kind</t>
+        </is>
+      </c>
+      <c r="D5" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E5" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltsarten'</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="inlineStr">
+        <is>
+          <t>Arbeitstitel</t>
+        </is>
+      </c>
+      <c r="B6" s="0"/>
+      <c r="C6" s="0" t="inlineStr">
+        <is>
+          <t>name</t>
+        </is>
+      </c>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E6" s="0"/>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="inlineStr">
+        <is>
+          <t>Tags</t>
+        </is>
+      </c>
+      <c r="B7" s="0"/>
+      <c r="C7" s="0" t="inlineStr">
+        <is>
+          <t>tags</t>
+        </is>
+      </c>
+      <c r="D7" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E7" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'MediaArchive - Tags'</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="inlineStr">
+        <is>
+          <t>Bundesland</t>
+        </is>
+      </c>
+      <c r="B8" s="0"/>
+      <c r="C8" s="0" t="inlineStr">
+        <is>
+          <t>state</t>
+        </is>
+      </c>
+      <c r="D8" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Bundesländer'</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="inlineStr">
+        <is>
+          <t>Sprachportal</t>
+        </is>
+      </c>
+      <c r="B9" s="0"/>
+      <c r="C9" s="0" t="inlineStr">
+        <is>
+          <t>portal</t>
+        </is>
+      </c>
+      <c r="D9" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E9" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Sprachportale'</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="inlineStr">
+        <is>
+          <t>Jahreszeit</t>
+        </is>
+      </c>
+      <c r="B10" s="0"/>
+      <c r="C10" s="0" t="inlineStr">
+        <is>
+          <t>season</t>
+        </is>
+      </c>
+      <c r="D10" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E10" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Jahreszeiten'</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="inlineStr">
+        <is>
+          <t>Themenfeld</t>
+        </is>
+      </c>
+      <c r="B11" s="0"/>
+      <c r="C11" s="0" t="inlineStr">
+        <is>
+          <t>topics</t>
+        </is>
+      </c>
+      <c r="D11" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E11" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Themenfeld'</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="inlineStr">
+        <is>
+          <t>Zielmarkt</t>
+        </is>
+      </c>
+      <c r="B12" s="0"/>
+      <c r="C12" s="0" t="inlineStr">
+        <is>
+          <t>markets</t>
+        </is>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Märkte'</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltspool</t>
+        </is>
+      </c>
+      <c r="B13" s="0"/>
+      <c r="C13" s="0" t="inlineStr">
+        <is>
+          <t>data_pool</t>
+        </is>
+      </c>
+      <c r="D13" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltspools'</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="B14" s="0"/>
+      <c r="C14" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D14" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E14" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="0" t="inlineStr">
+        <is>
+          <t>Erstellungsdatum</t>
+        </is>
+      </c>
+      <c r="B15" s="0"/>
+      <c r="C15" s="0" t="inlineStr">
+        <is>
+          <t>date_created</t>
+        </is>
+      </c>
+      <c r="D15" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E15" s="0"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="0" t="inlineStr">
+        <is>
+          <t>Gelöschtdatum</t>
+        </is>
+      </c>
+      <c r="B16" s="0"/>
+      <c r="C16" s="0" t="inlineStr">
+        <is>
+          <t>date_deleted</t>
+        </is>
+      </c>
+      <c r="D16" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E16" s="0"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="B17" s="0"/>
+      <c r="C17" s="0" t="inlineStr">
+        <is>
+          <t>external_key</t>
+        </is>
+      </c>
+      <c r="D17" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E17" s="0"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="0" t="inlineStr">
+        <is>
+          <t>SchemaTypes</t>
+        </is>
+      </c>
+      <c r="B18" s="0"/>
+      <c r="C18" s="0" t="inlineStr">
+        <is>
+          <t>schema_types</t>
+        </is>
+      </c>
+      <c r="D18" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E18" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'SchemaTypes'</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="0" t="inlineStr">
+        <is>
+          <t>Änderungsdatum</t>
+        </is>
+      </c>
+      <c r="B19" s="0"/>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>date_modified</t>
+        </is>
+      </c>
+      <c r="D19" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E19" s="0"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="B20" s="0"/>
+      <c r="C20" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D20" s="0"/>
+      <c r="E20" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="0" t="inlineStr">
+        <is>
+          <t>Ausgabekanäle</t>
+        </is>
+      </c>
+      <c r="B21" s="0"/>
+      <c r="C21" s="0" t="inlineStr">
+        <is>
+          <t>output_channels</t>
+        </is>
+      </c>
+      <c r="D21" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E21" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Ausgabekanäle'</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="0" t="inlineStr">
+        <is>
+          <t>Gültigkeitszeitraum</t>
+        </is>
+      </c>
+      <c r="B22" s="0"/>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>validity_period</t>
+        </is>
+      </c>
+      <c r="D22" s="0"/>
+      <c r="E22" s="0"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="0"/>
+      <c r="B23" s="0" t="inlineStr">
+        <is>
+          <t>von</t>
+        </is>
+      </c>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>valid_from</t>
+        </is>
+      </c>
+      <c r="D23" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E23" s="0"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="0"/>
+      <c r="B24" s="0" t="inlineStr">
+        <is>
+          <t>bis</t>
+        </is>
+      </c>
+      <c r="C24" s="0" t="inlineStr">
+        <is>
+          <t>valid_until</t>
+        </is>
+      </c>
+      <c r="D24" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E24" s="0"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="0" t="inlineStr">
+        <is>
+          <t>Antwort</t>
+        </is>
+      </c>
+      <c r="B25" s="0"/>
+      <c r="C25" s="0" t="inlineStr">
+        <is>
+          <t>suggested_answer</t>
+        </is>
+      </c>
+      <c r="D25" s="0"/>
+      <c r="E25" s="0"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="0"/>
+      <c r="B26" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C26" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D26" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E26" s="0"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="0"/>
+      <c r="B27" s="0" t="inlineStr">
+        <is>
+          <t>Antwort</t>
+        </is>
+      </c>
+      <c r="C27" s="0" t="inlineStr">
+        <is>
+          <t>text</t>
+        </is>
+      </c>
+      <c r="D27" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E27" s="0"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="0"/>
+      <c r="B28" s="0" t="inlineStr">
+        <is>
+          <t>Bild</t>
+        </is>
+      </c>
+      <c r="C28" s="0" t="inlineStr">
+        <is>
+          <t>image</t>
+        </is>
+      </c>
+      <c r="D28" s="0"/>
+      <c r="E28" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0"/>
+      <c r="B29" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="C29" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D29" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E29" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0"/>
+      <c r="B30" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C30" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D30" s="0"/>
+      <c r="E30" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="inlineStr">
+        <is>
+          <t>Titel</t>
+        </is>
+      </c>
+      <c r="B31" s="0"/>
+      <c r="C31" s="0" t="inlineStr">
+        <is>
+          <t>headline_external</t>
+        </is>
+      </c>
+      <c r="D31" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E31" s="0"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="inlineStr">
+        <is>
+          <t>Ersteller</t>
+        </is>
+      </c>
+      <c r="B32" s="0"/>
+      <c r="C32" s="0" t="inlineStr">
+        <is>
+          <t>permitted_creator</t>
+        </is>
+      </c>
+      <c r="D32" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E32" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Ersteller'</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0" t="inlineStr">
+        <is>
+          <t>Status</t>
+        </is>
+      </c>
+      <c r="B33" s="0"/>
+      <c r="C33" s="0" t="inlineStr">
+        <is>
+          <t>release_status_id</t>
+        </is>
+      </c>
+      <c r="D33" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E33" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Release-Stati'</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0" t="inlineStr">
+        <is>
+          <t>Publikationskalender, Zielmarkt &amp; Ausgabekanal</t>
+        </is>
+      </c>
+      <c r="B34" s="0"/>
+      <c r="C34" s="0" t="inlineStr">
+        <is>
+          <t>publication_schedule</t>
+        </is>
+      </c>
+      <c r="D34" s="0"/>
+      <c r="E34" s="0"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="0"/>
+      <c r="B35" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="C35" s="0" t="inlineStr">
+        <is>
+          <t>id</t>
+        </is>
+      </c>
+      <c r="D35" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E35" s="0"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="0"/>
+      <c r="B36" s="0" t="inlineStr">
+        <is>
+          <t>Zielmärkte</t>
+        </is>
+      </c>
+      <c r="C36" s="0" t="inlineStr">
+        <is>
+          <t>markets</t>
+        </is>
+      </c>
+      <c r="D36" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E36" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Märkte'</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="0"/>
+      <c r="B37" s="0" t="inlineStr">
+        <is>
+          <t>Inhaltstyp</t>
+        </is>
+      </c>
+      <c r="C37" s="0" t="inlineStr">
+        <is>
+          <t>data_type</t>
+        </is>
+      </c>
+      <c r="D37" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E37" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Inhaltstypen'</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="0"/>
+      <c r="B38" s="0" t="inlineStr">
+        <is>
+          <t>Publikationsdatum</t>
+        </is>
+      </c>
+      <c r="C38" s="0" t="inlineStr">
+        <is>
+          <t>publish_at</t>
+        </is>
+      </c>
+      <c r="D38" s="0" t="inlineStr">
+        <is>
+          <t>DateTime</t>
+        </is>
+      </c>
+      <c r="E38" s="0"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="0"/>
+      <c r="B39" s="0" t="inlineStr">
+        <is>
+          <t>zu Text verlinkte Inhalte</t>
+        </is>
+      </c>
+      <c r="C39" s="0" t="inlineStr">
+        <is>
+          <t>linked_to_text</t>
+        </is>
+      </c>
+      <c r="D39" s="0"/>
+      <c r="E39" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; Verknüpfung</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="0"/>
+      <c r="B40" s="0" t="inlineStr">
+        <is>
+          <t>Ausgabekanäle</t>
+        </is>
+      </c>
+      <c r="C40" s="0" t="inlineStr">
+        <is>
+          <t>output_channels</t>
+        </is>
+      </c>
+      <c r="D40" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E40" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum 'Ausgabekanäle'</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="0" t="inlineStr">
+        <is>
+          <t>Kommentar</t>
+        </is>
+      </c>
+      <c r="B41" s="0"/>
+      <c r="C41" s="0" t="inlineStr">
+        <is>
+          <t>release_status_comment</t>
+        </is>
+      </c>
+      <c r="D41" s="0" t="inlineStr">
+        <is>
+          <t>Text</t>
+        </is>
+      </c>
+      <c r="E41" s="0"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="0"/>
+      <c r="B42" s="0" t="inlineStr">
+        <is>
+          <t>universal_classifications</t>
+        </is>
+      </c>
+      <c r="C42" s="0"/>
+      <c r="D42" s="0" t="inlineStr">
+        <is>
+          <t>Classification</t>
+        </is>
+      </c>
+      <c r="E42" s="0" t="inlineStr">
+        <is>
+          <t> =&gt; siehe Klassifizierungsbaum ''</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <sheetCalcPr fullCalcOnLoad="1"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
+  <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
+  <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup/>
+  <headerFooter/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:F58"/>
   <sheetViews>
     <sheetView defaultGridColor="1" rightToLeft="0" showFormulas="0" showGridLines="1" showRowColHeaders="1" showRuler="1" showWhiteSpace="0" showZeros="1" tabSelected="0" windowProtection="0" showOutlineSymbols="1" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0" workbookViewId="0" zoomScale="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col width="53.900000000000006" min="1" max="1" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="2" max="2" bestFit="1" customWidth="1"/>
     <col width="30.800000000000004" min="3" max="3" bestFit="1" customWidth="1"/>
     <col width="27.500000000000004" min="4" max="4" bestFit="1" customWidth="1"/>
     <col width="18.700000000000003" min="5" max="5" bestFit="1" customWidth="1"/>
     <col width="60.50000000000001" min="6" max="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="inlineStr">
         <is>
           <t>Quiz</t>
         </is>
       </c>
     </row>
@@ -24518,2094 +26576,36 @@
       <c r="C58" s="0"/>
       <c r="D58" s="0"/>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>Classification</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t> =&gt; siehe Klassifizierungsbaum ''</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="0" headings="0" horizontalCentered="0" verticalCentered="0"/>
   <pageMargins left="0.75" right="0.75" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...2056 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>